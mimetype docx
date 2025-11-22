--- v0 (2025-10-30)
+++ v1 (2025-11-22)
@@ -73,81 +73,122 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2228532" cy="1266338"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1337F6AD" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00000000">
-[...22 lines deleted...]
-    <w:p w14:paraId="64FEFB2D" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00225373">
+    <w:p w14:paraId="39345F00" w14:textId="44113FC9" w:rsidR="00AF0A22" w:rsidRPr="00AF0A22" w:rsidRDefault="00AF0A22" w:rsidP="00AF0A22">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="40"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00AF0A22">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PARTICIPATION A UNE COMPETITION SPORTIFS MINEURS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="494FF84F" w14:textId="64C8EDF4" w:rsidR="00AF0A22" w:rsidRPr="00AF0A22" w:rsidRDefault="00AF0A22" w:rsidP="00AF0A22">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0A22">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>AUTORISATION PARENTALE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64FEFB2D" w14:textId="292D48D6" w:rsidR="00225373" w:rsidRPr="00AF0A22" w:rsidRDefault="00AF0A22" w:rsidP="00AF0A22">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0A22">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SE MUNIR IMPERATIVEMENT DE LA PRESENTE AUTORISATION</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="24F6CD42" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00225373">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="122"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B2D23A3" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="141"/>
       </w:pPr>
       <w:r>
         <w:t>Je</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -706,82 +747,80 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...30 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DBCE2B4" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00225373">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5251FFF6" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00225373">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="91"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2ED561DA" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00000000">
@@ -1371,82 +1410,80 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B17A7BC" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00225373">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="658AB255" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00225373">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="97"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14E85B52" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00000000">
@@ -1816,57 +1853,52 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BC1772D" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00225373">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="25"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0805D4EA" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4559"/>
         </w:tabs>
         <w:spacing w:line="506" w:lineRule="auto"/>
         <w:ind w:left="141" w:right="46"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Nom : . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Nom : . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
         <w:t>Prénom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>. .</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
@@ -2140,1143 +2172,176 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Né(e) le : . . . </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> .</w:t>
+        <w:t>. Né(e) le : . . . . . . . .</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="80"/>
           <w:w w:val="150"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>/ . . . . . . . .</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="58"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>/ . . . . . . . . . . .</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>. . . . . .</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62C5C722" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00225373">
-[...5 lines deleted...]
-    <w:p w14:paraId="5875510C" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00000000">
+    <w:p w14:paraId="27B31034" w14:textId="77DE0CD2" w:rsidR="00225373" w:rsidRDefault="00000000" w:rsidP="005C56FE">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="141"/>
       </w:pPr>
       <w:r>
         <w:t>À</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>participer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...45 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="005C56FE">
+        <w:t xml:space="preserve">au </w:t>
+      </w:r>
+      <w:r w:rsidR="005C56FE">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>cross</w:t>
+      </w:r>
+      <w:r w:rsidR="005C56FE">
+        <w:t xml:space="preserve"> des Mureaux Ile de France </w:t>
+      </w:r>
+      <w:r>
+        <w:t>qui</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>se</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>.</w:t>
-[...636 lines deleted...]
-      <w:r>
         <w:t>déroulera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>le .</w:t>
-[...310 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">le </w:t>
+      </w:r>
+      <w:r w:rsidR="005C56FE">
+        <w:t>23/11/2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B816260" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00225373">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DA7BB4A" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00225373">
+    <w:p w14:paraId="3E5BBEF4" w14:textId="77777777" w:rsidR="005C56FE" w:rsidRDefault="005C56FE" w:rsidP="005C56FE">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
+      <w:r>
+        <w:t>Je déclare avoir pris connaissance et accepter le règlement de la compétition, consultable en</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA7BB4A" w14:textId="13AB65AE" w:rsidR="00225373" w:rsidRDefault="005C56FE" w:rsidP="005C56FE">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">ligne sur le site internet </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C56FE">
+        <w:t>https://mvsathle.sportsregions.fr</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, et déclare l’accepter sans réserve.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="36C8EB7D" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00225373">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54FED993" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00225373">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FEDBAF6" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00225373">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="189"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E2A520C" w14:textId="77777777" w:rsidR="00225373" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="141"/>
       </w:pPr>
       <w:r>
         <w:t>Fait</w:t>
       </w:r>
@@ -3646,82 +2711,80 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...30 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="50"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -4023,69 +3086,73 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00225373"/>
+    <w:rsid w:val="00222295"/>
     <w:rsid w:val="00225373"/>
+    <w:rsid w:val="005C56FE"/>
     <w:rsid w:val="0080555F"/>
+    <w:rsid w:val="00AF0A22"/>
+    <w:rsid w:val="00BF41FA"/>
     <w:rsid w:val="00D22E27"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -4480,51 +3547,50 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
@@ -4854,60 +3920,60 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>178</Words>
-  <Characters>980</Characters>
+  <Words>196</Words>
+  <Characters>1078</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1156</CharactersWithSpaces>
+  <CharactersWithSpaces>1272</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>pascal thiriot</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-12-14T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word pour Microsoft 365</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">